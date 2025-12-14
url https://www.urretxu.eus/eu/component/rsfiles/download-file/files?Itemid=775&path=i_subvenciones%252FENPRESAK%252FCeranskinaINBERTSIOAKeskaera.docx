--- v0 (2025-11-02)
+++ v1 (2025-12-14)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="564DA64C" w14:textId="77777777" w:rsidR="000E2A97" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00B06298">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="000E2A97" w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> ERANSKINA</w:t>
       </w:r>
       <w:r w:rsidR="000E2A97" w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -141,866 +141,786 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EB41329" w14:textId="77777777" w:rsidR="00D1066E" w:rsidRDefault="00C0655F" w:rsidP="00D1066E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>INBERTSIOAK</w:t>
             </w:r>
             <w:r w:rsidR="00D1066E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> SUSTATZEKO DIRU-LAGUNTZAK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D4FFD7C" w14:textId="70ABB4CF" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="6D4FFD7C" w14:textId="4971C5D2" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DA3690">
-[...4 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30BC65F9" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
               </w:rPr>
               <w:t>AYUDAS PARA INVERSIONES</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46A0D8E6" w14:textId="08C68BB0" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="46A0D8E6" w14:textId="3155E396" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DA3690">
+            <w:r w:rsidR="008167B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
                 <w:b/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CEE9B0B" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="002A11B8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2F5496"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48BEDD99" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00C0655F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ESKATZAILEA</w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">SOLICITANTE  </w:t>
       </w:r>
       <w:r w:rsidR="00800C61" w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Enpresa / </w:t>
-[...13 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(Enpresa / Empresa)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D47FFEF" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00C0655F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2518"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="993"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C0655F" w:rsidRPr="0072713E" w14:paraId="1C7BA79C" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E326D5C" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Izena</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F9A2DB9" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Denominación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D9011A" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="780C15B0" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A8F993" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>IFK zk.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="277B40F7" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Nº CIF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E77FEED" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0655F" w:rsidRPr="0072713E" w14:paraId="63C1D240" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED9D986" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>Jarduera</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Jarduera ekonomikoa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="167AB8F5" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Actividad económica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D164938" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B03EEB7" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00AE68F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>ekonomikoa</w:t>
-[...85 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">JEZ Epigrafea </w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Epígrafe IAE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40E9C89C" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE68F6" w:rsidRPr="0072713E" w14:paraId="79F49AD6" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DABC954" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Helbidea</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62575A74" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Domicilio social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C360428" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F4A6193" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Udalerria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="738E2595" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Municipio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F44B586" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00A73E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE68F6" w:rsidRPr="0072713E" w14:paraId="7F869D5C" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E4F6AF" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Emaila</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D863A0" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3972D8FA" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Telefonoa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05FABF39" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE68F6" w:rsidRPr="0072713E" w14:paraId="4E7FB717" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A4FC057" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Kontu korronte zk.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1092B56E" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nº cuenta corriente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6746FF0C" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29B35124" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00AE68F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Langile kopurua</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F3CAD7D" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00AE68F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nº trabajadores/as</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D88554" w14:textId="77777777" w:rsidR="00AE68F6" w:rsidRPr="0072713E" w:rsidRDefault="00AE68F6" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="149FC373" w14:textId="77777777" w:rsidR="00636CB9" w:rsidRPr="0072713E" w:rsidRDefault="00636CB9" w:rsidP="00B06298">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5019E14D" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00C0655F">
       <w:pPr>
@@ -1045,261 +965,251 @@
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2589"/>
         <w:gridCol w:w="3898"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C0655F" w:rsidRPr="0072713E" w14:paraId="204F54F2" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="716"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72398570" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Izen-abizenak</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23C0FC12" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D93050C" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C357447" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39BA963E" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>NAN zk.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4622A92E" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Nº DNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AC12FB0" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C0655F" w:rsidRPr="0072713E" w14:paraId="0CF4AA0A" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E7A91DF" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Emaila</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3898" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F3AD633" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F385996" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Telefonoa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD1C162" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="212C0884" w14:textId="77777777" w:rsidR="00636CB9" w:rsidRPr="0072713E" w:rsidRDefault="00636CB9" w:rsidP="00B06298">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="314F8359" w14:textId="77777777" w:rsidR="00C0655F" w:rsidRPr="0072713E" w:rsidRDefault="00C0655F" w:rsidP="00C0655F">
@@ -1347,484 +1257,473 @@
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4219"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="171712F8" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD009A9" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inbertsioaren egoera</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B0F9320" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Situación de la inversión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4F8C20D8" w14:textId="778C114D" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8C20D8" w14:textId="33FAD541" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Inbertsioa egina, </w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003512AE">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/01/01z geroztik egindakoak</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DD4DFCD" w14:textId="0CC04284" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="4DD4DFCD" w14:textId="36BE6E03" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Inversión realizada, a partir de 01/01/20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003512AE">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A9A936F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="12699070" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3F817E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E57B0F6" w14:textId="0884F330" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E57B0F6" w14:textId="0BF6626C" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Inbertsioa egiteko, </w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003512AE">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/12/31 aurretik </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="052CC6AE" w14:textId="7A6F47E8" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="052CC6AE" w14:textId="281BB6FD" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Inversión sin realizar, a realizar antes del 31/12/20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="003512AE">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21CEB7B0" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="4604F033" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76D6E6AF" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inbertsioaren deskribapena</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D5CCB26" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Descripción de la inversión</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BEA4925" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="7D3D01A0" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="1267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="467FB39C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inbertsioaren partida(k), kontabilitate plan orokorraren arabera</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C1A54C5" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Partida(s) de la inversión según el plan general de contabilidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0932CF07" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="3AC82FA0" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="847"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28745F45" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inbertsioaren kopurua guztira €</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -1860,119 +1759,116 @@
               <w:t>Cantidad total de la inversión €</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sin IVA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="727CDA1B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="0072713E" w14:paraId="434CED94" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="844"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CD7E3AB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bestelako oharrak</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7145E917" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Otras observaciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220C0C9F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="0072713E" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79431AFB" w14:textId="77777777" w:rsidR="00636CB9" w:rsidRPr="0072713E" w:rsidRDefault="00636CB9" w:rsidP="00636CB9">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2073,51 +1969,50 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1028"/>
         <w:gridCol w:w="917"/>
         <w:gridCol w:w="1864"/>
         <w:gridCol w:w="1631"/>
         <w:gridCol w:w="2606"/>
         <w:gridCol w:w="1128"/>
         <w:gridCol w:w="1243"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w14:paraId="47D39B92" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="525E574A" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Faktura zenbakia </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08479B76" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2137,51 +2032,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3E23AEB9" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="002A11B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79F2B32A" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Faktura data </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ED048CB" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="002A11B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2265,170 +2159,156 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hornitzailearen herria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21279EBB" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00FF4DC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Municipio de la </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Municipio de la empresa  proveedora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2606" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08013C56" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
-[...20 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kontzeptua</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32745EE6" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
-[...12 lines deleted...]
-                <w:lang w:val="es-ES"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Concepto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3569651D" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="22"/>
-[...19 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kopurua</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2758CEEC" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:b/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Importe</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1506EEDB" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00FF4DC2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46060719" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ordainketa data</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="704B251E" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -2453,494 +2333,474 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w14:paraId="6A9D6654" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C041233" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633AE00E" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B25565" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2882FB81" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F74859" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="009F58ED" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C23205C" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w14:paraId="274F6607" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="336B821A" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E6AF444" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28299FDC" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE67584" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27372471" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097DD494" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B50D6DB" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w14:paraId="4C522290" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C09E58C" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B7FEE2" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37B9E178" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710B895D" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A1ADA5" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8F6C54" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C3BC71A" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w14:paraId="3B417F54" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0604BA5E" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6E69A2" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1864" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD7629C" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1631" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DEEF721" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2606" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738B7B96" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49111816" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD5E1BB" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="00283F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5ABE7C6D" w14:textId="77777777" w:rsidR="00FF4DC2" w:rsidRPr="0072713E" w:rsidRDefault="00FF4DC2" w:rsidP="002A11B8">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
@@ -3087,217 +2947,135 @@
       <w:r w:rsidR="003512AE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">az geroztik Urola </w:t>
       </w:r>
       <w:r w:rsidR="00F12CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Garaiko </w:t>
+        <w:t>Garaiko Mankomunitateak</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F12CC4">
+      <w:r w:rsidR="00FC50E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Mankomunitateak</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00FC50E0">
+      <w:r w:rsidR="00F12CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">o Uggasak </w:t>
       </w:r>
-      <w:r w:rsidR="00F12CC4">
+      <w:r w:rsidR="00FC50E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t xml:space="preserve">edo Bitarteanek </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F12CC4">
+      <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>antolatu eta parte hartutako ekimenen zerrenda (prestakuntza, lankidetza taldea eta eskualdearen promoziorako ekintzak) eta parte hartzaileak:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CEA667" w14:textId="4EB85967" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="002A11B8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Listado de participaciones en las actuaciones (formación, grupo de colaboraciones y actividades destinadas a la promoción del a comarca) organizadas por la Mancomunidad </w:t>
       </w:r>
       <w:r w:rsidR="00F12CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Urola </w:t>
+        <w:t>Urola Garaia</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F12CC4">
+      <w:r w:rsidR="00FC50E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Garaia</w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FC50E0">
+      <w:r w:rsidR="00F12CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> Uggasa</w:t>
       </w:r>
-      <w:r w:rsidR="00F12CC4">
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC50E0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> o Bitartean</w:t>
       </w:r>
       <w:r w:rsidR="00F12CC4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Book Antiqua"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -3393,537 +3171,427 @@
         <w:tblW w:w="10249" w:type="dxa"/>
         <w:tblInd w:w="-76" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2736"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="002A11B8" w:rsidRPr="0072713E" w14:paraId="74F57538" w14:textId="77777777" w:rsidTr="00E70CA1">
         <w:trPr>
           <w:trHeight w:val="662"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F2E7D6C" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Entitatearen izena</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="058E54DB" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Nombre</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Nombre de la entidad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="405A0703" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Parte hartu zuen pertsonaren izena</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CBD36F" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>entidad</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="405A0703" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+              <w:t>Nombre de la persona participante</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7B1EE5" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="745CFB4C" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Parte hartu zuen pertsonaren izena</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="58CBD36F" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+              <w:t>Ekimenaren izena</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E219716" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Nombre</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Nombre de la actividad</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59ADDFDD" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Ekimenaren urtea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E71F5F3" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>persona</w:t>
-[...158 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Año de la actividad</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A11B8" w:rsidRPr="0072713E" w14:paraId="75F3EB48" w14:textId="77777777" w:rsidTr="00E70CA1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="079ECE9F" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7269652D" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="505B711F" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0FA32D" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A11B8" w:rsidRPr="0072713E" w14:paraId="2FF26506" w14:textId="77777777" w:rsidTr="00E70CA1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2996259D" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="002DC6A4" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="772A2371" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="269EAA27" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A11B8" w:rsidRPr="0072713E" w14:paraId="1B3539A8" w14:textId="77777777" w:rsidTr="00E70CA1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="011A5C45" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B52624F" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52926716" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55899C12" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRPr="0072713E" w:rsidRDefault="002A11B8" w:rsidP="00E70CA1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63F190B6" w14:textId="77777777" w:rsidR="002A11B8" w:rsidRDefault="002A11B8" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4549762D" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
@@ -4039,54 +3707,53 @@
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8330"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00800C61" w:rsidRPr="0072713E" w14:paraId="74FC66B9" w14:textId="77777777" w:rsidTr="00EC489B">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="549A1C58" w14:textId="094974DF" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00DE25EC" w:rsidP="002A11B8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549A1C58" w14:textId="5324A2D0" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00DE25EC" w:rsidP="002A11B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Urola </w:t>
             </w:r>
             <w:r w:rsidR="00FC50E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>G</w:t>
@@ -4112,365 +3779,336 @@
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ko Mankomunitatearen</w:t>
             </w:r>
             <w:r w:rsidR="00FC50E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Uggasaren</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC50E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edo Bitartean elkartearen </w:t>
+            </w:r>
+            <w:r w:rsidR="00F12CC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00800C61" w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>inbertsioetarako diru-lagun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>tza</w:t>
+            </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Uggasaren</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>k eskatu eta jaso dut  20</w:t>
+            </w:r>
+            <w:r w:rsidR="009E10E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>5e</w:t>
+            </w:r>
+            <w:r w:rsidR="00F12CC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r w:rsidR="00800C61" w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="373E380E" w14:textId="36E16550" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="00B74CCD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">He solicitado y recibido ayudas para la inversión por parte de la Mancomunidad Urola </w:t>
+            </w:r>
+            <w:r w:rsidR="00F12CC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>Garaia</w:t>
+            </w:r>
             <w:r w:rsidR="00FC50E0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> edo Bitartean elkartearen </w:t>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uggasa</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC50E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> y7o de la Asociación Bitartean</w:t>
+            </w:r>
+            <w:r w:rsidR="00F12CC4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r w:rsidR="009E10E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0072713E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00800C61" w:rsidRPr="0072713E">
-[...7 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F953FD" w14:textId="77777777" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="005250E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>tza</w:t>
-[...182 lines deleted...]
-              </w:rPr>
               <w:t>Bai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4018081F" w14:textId="77777777" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="005250E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072713E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800C61" w:rsidRPr="0072713E" w14:paraId="5D4225F8" w14:textId="77777777" w:rsidTr="00EC489B">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8330" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11FDC2C4" w14:textId="77777777" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="005250E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F25A0E9" w14:textId="77777777" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="005250E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719ADDF6" w14:textId="77777777" w:rsidR="00800C61" w:rsidRPr="0072713E" w:rsidRDefault="00800C61" w:rsidP="005250E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DB781D2" w14:textId="77777777" w:rsidR="00DE25EC" w:rsidRPr="0072713E" w:rsidRDefault="00DE25EC" w:rsidP="00DE25EC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4517,386 +4155,373 @@
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6912"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="72611EAC" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="748"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6912" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A601F24" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Eskabide honetan adierazitako helbururako beste diru-laguntzarik eskatu/jaso dut. Erantzuna baiezkoa baldin bada, adierazi behean diru-laguntzen erreferentziak:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5497A249" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>He solicitado/recibido otras ayudas para el mismo objeto de la presente solicitud. Si la respuesta es afirmativa indique las referencias de dichas ayudas:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5839AE3F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Bai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DE9E06" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ez</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="7E7836CD" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6912" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12E2AC2A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CF38E84" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46AF2DD4" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Urtea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497DE99E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="252EDF7D" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6912" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64DB3F98" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A23A46D" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5467CD40" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D3A006B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="5CC84285" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6912" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1240975A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52FB2279" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07666071" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D8E726A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="09ACC575" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="441FC483" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
@@ -4939,213 +4564,197 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="9780"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="61CE64D1" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10314" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4521ED97" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Diru-laguntza hauen inguruko jakinarazpen eta komunikazioak jaso nahi ditut:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41A493FF" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Deseo recibir las notificaciones y comunicaciones relativas a la presente convocatoria en:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="08E0DE7F" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45FE9532" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52AE6EE3" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Euskaraz</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>En euskera</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="0D42ECB4" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C4746C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9780" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CB3153F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Elebitan</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Elebitan </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>En euskera y castellano</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B7F6E8F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
@@ -5172,173 +4781,171 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5070"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="4383E493" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1693"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B398758" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>ESKAERA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690A2DFB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4692EF7E" w14:textId="7A869638" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="4692EF7E" w14:textId="333B5CC2" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Behean sinatzen duenak, eskaera egiten dio </w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Urretxuko Udalari </w:t>
             </w:r>
             <w:r w:rsidR="00B74CCD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00052927">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>5e</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>ko diru-laguntzen deialdiaren baitan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DFA918A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>SOLICITUD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60AE09A9" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FB590E2" w14:textId="2E8FF7DF" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
+          <w:p w14:paraId="0FB590E2" w14:textId="63DFE1B7" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00F41B2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>El/La abajo firmante, realiza la presente solicitud a</w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -5358,58 +4965,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Ayuntamiento de Urretxu</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> dentro del programa de ayudas de </w:t>
             </w:r>
             <w:r w:rsidR="00F41B2D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00052927">
-[...6 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="008167B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35E4B744" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="225779B5" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
@@ -5434,287 +5041,267 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5029"/>
         <w:gridCol w:w="5144"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="481E55E0" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3463AB49" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Izen-abizenak / </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EAEEF46" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">NAN </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>/ DNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="506DB6D9" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="958"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED15F8C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="514B4A49" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="448955C9" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C0C84FE" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2756B5CE" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Sinadura eta zigilua</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma y </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Firma y sello</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="4DB8B2DA" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63ACD177" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77ECAD13" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41B24643" w14:textId="77777777" w:rsidR="00DE25EC" w:rsidRPr="0072713E" w:rsidRDefault="00DE25EC" w:rsidP="00DE25EC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F3E55D9" w14:textId="77777777" w:rsidR="00CF74CA" w:rsidRPr="0072713E" w:rsidRDefault="00CF74CA" w:rsidP="00F12CC4">
@@ -5766,151 +5353,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="023B4DB6" w14:textId="77777777" w:rsidR="00CF74CA" w:rsidRPr="0072713E" w:rsidRDefault="00CF74CA" w:rsidP="00CF74CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">* </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> da</w:t>
+        <w:t>* Baiezkoa bada, egiaztagiria aurkeztu behar da</w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Si es afirmativo, debe justificarse documentalmente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3821004E" w14:textId="77777777" w:rsidR="00CF74CA" w:rsidRPr="0072713E" w:rsidRDefault="00CF74CA" w:rsidP="00CF74CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2F5496"/>
@@ -5920,76 +5407,74 @@
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5104"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="1EA085F9" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="902"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5104" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65158B39" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Adierazpen hau sinatzen duenak, bere eskaeraren harira, honakoa adierazten du zinpean:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068B0737" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>El abajo firmante, con relación a su solicitud de ayuda, declara:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -6020,100 +5505,98 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="481"/>
         <w:gridCol w:w="3743"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="142"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="03D5DBA4" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10178" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36F22DDA" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>LAN ARRISKUEN PREBENTZIOA</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> / PREVENCION DE RIESGOS LABORALES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="1FBEC256" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="2121"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5217" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E57D515" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -6137,51 +5620,50 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Enpresa eskatzaileak prebentzioa antolatuta daukala eta horretarako honako prebentzio antolamendua hautatu duela (markatu):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B2934B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
@@ -6224,1170 +5706,936 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Que la prevención de dicha empresa está organizada y para ello ha adoptado la siguiente modalidad preventiva (indicar):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="5CADD309" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7432192F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40FD05E7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Ez du derrigortasunik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D84310" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="149195FB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30337781" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">No </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>No tiene obligación</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="417C67FB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="5FFAE351" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1385EBB8" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B0B775" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Enpresaburuak bere gain hartuta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7AAD29" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6651FDCC" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72825758" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Asunción</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Asunción persona empresaria</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D5DBBD0" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="0381C022" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36EF8294" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D712DAD" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Izendatutako langilea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F20B62" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75AB77A7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A45B1" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Designación</w:t>
-[...26 lines deleted...]
-              <w:t>/a</w:t>
+              <w:t>Designación trabajador/a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60F0733C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="20656E68" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B48B14" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="604856FB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Kanpoko prebentzio-zerbitzua</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="523DB76B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24B274B7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D345915" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Servicio</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Servicio prevención ajeno</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C4A7B36" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="0006F09D" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E495090" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA49AC7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Norbere prebentzio-zerbitzua</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ED27E82" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C4C4699" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453D41B6" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Servicio</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> propio</w:t>
+              <w:t>Servicio prevención propio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A0EACC5" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="04E28B56" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="142" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="481" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254971DB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA1A898" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Prebentzio-zerbitzu mankomunatua</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DCD7BA8" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F0D847F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A0B2E8" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Servicio</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Servicio prevención mancomunado</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03FC6605" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02081A98" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -7404,602 +6652,501 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4993"/>
         <w:gridCol w:w="664"/>
         <w:gridCol w:w="1042"/>
         <w:gridCol w:w="2768"/>
         <w:gridCol w:w="96"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="325F553D" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF0DD1D" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>BESTELAKO PLANAK EZARRITA</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> / IMPLANTACIÓN DE OTROS PLANES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="3C7AB873" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E55DC5F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Enpresa eskatzaileak ondoko gai hauetako planak onartuta eta indarrean dituela (markatu onartu eta indarrean dauden planak eta adierazi onarpen data):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4570" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF3DD3A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Que la empresa solicitante tiene aprobados e implantados los planes que se señalan a continuación (marque la casilla y señale la fecha de aprobación):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="005B7793" w14:paraId="58024E66" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="360" w:type="dxa"/>
           <w:wAfter w:w="96" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B02E2B7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Plan mota</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Tipo de plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48C05AD9" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bai / Ez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="166A24E8" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Onarpen data</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0116853E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Fecha</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Fecha aprobación</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="005B7793" w14:paraId="7B141BC1" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="360" w:type="dxa"/>
           <w:wAfter w:w="96" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8685B5" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Berdintasun plana / Plan de </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Berdintasun plana / Plan de igualdad de género</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C45037" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60461157" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="005B7793" w14:paraId="7CB90C60" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="360" w:type="dxa"/>
           <w:wAfter w:w="96" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D79C38F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euskara plana / Plan de </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Euskara plana / Plan de normalización del uso del euskera</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="535015F2" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="33"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4266CC51" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="005B7793" w14:paraId="7F986B86" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:gridAfter w:val="1"/>
           <w:wBefore w:w="360" w:type="dxa"/>
           <w:wAfter w:w="96" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5657" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="621CAD9E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B7793">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Partaidetza plana / Plan de </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Partaidetza plana / Plan de participación</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="013D7239" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D53B6CC" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="005B7793" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="156200F6" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -8045,382 +7192,322 @@
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="2296"/>
         <w:gridCol w:w="4677"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="23ACA005" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="280"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4592" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61FB0E03" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Izen-abizenak / </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>Nombre</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Nombre y apellidos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77556FBD" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="23"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Erakundea</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t>apellidos</w:t>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> / Entidad</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="684E1AFD" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="696"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4592" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3083AB1F" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46488CCB" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="7E170BAF" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="231"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176E548C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">NAN </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>/ DNI</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EAE4344" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Fecha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5781AF" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:sz w:val="23"/>
-[...21 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Sinadura eta zigilua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-                <w:b/>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Firma y sello</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="5C4E2FA5" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1213"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5528352E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="028D0240" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="769C113C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E86BFA8" w14:textId="77777777" w:rsidR="00CF74CA" w:rsidRPr="0072713E" w:rsidRDefault="00CF74CA" w:rsidP="00CF74CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2F5496"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -8429,51 +7516,50 @@
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5070"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="4CCD9606" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52736D64" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ZINPEKO ADIERAZPENA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31387B9B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -8485,51 +7571,50 @@
           <w:p w14:paraId="5EEAC0D3" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Eskabide hau sinatzen duenak, bere eskaeraren harira, honakoa adierazten du zinpean:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF43E7C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>DECLARACIÓN RESPONSABLE</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B0E011A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
@@ -8587,51 +7672,50 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5070"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="55D1CD51" w14:textId="77777777" w:rsidTr="008A6F1F">
         <w:trPr>
           <w:trHeight w:val="3017"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34C6A7A5" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="284" w:right="166"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="441A417A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="284"/>
               </w:tabs>
               <w:ind w:left="284" w:right="166" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -8961,171 +8045,130 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Urretxuko Udalari</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> ondoko datuak zuzenean egiaztatzeko, dagokion administrazio publikoarekin harremanetan jarrita,  ondoko: eskatzailearen errolda datuak, udaleko zerga betebeharren egoera, Gizarte Segurantzako betebeharren egoera, jarduera ekonomikoaren alta egoera eta Foru Ogasuneko betebeharren egoera.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1981152E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08163884" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Que reúne todos los requisitos establecidos tanto en las bases generales como en las bases específicas relacionadas con su solicitud y acepta íntegramente todos los términos de </w:t>
-[...19 lines deleted...]
-              <w:t>, sin salvedad alguna.</w:t>
+              <w:t>Que reúne todos los requisitos establecidos tanto en las bases generales como en las bases específicas relacionadas con su solicitud y acepta íntegramente todos los términos de las mismas, sin salvedad alguna.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5782D946" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51D62A8B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Que se compromete a realizar y justificar las actuaciones subvencionadas </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> las bases de la convocatoria y de comunicar a</w:t>
+              <w:t>Que se compromete a realizar y justificar las actuaciones subvencionadas de acuerdo a las bases de la convocatoria y de comunicar a</w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F12CC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
@@ -9393,98 +8436,78 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1800"/>
                 <w:tab w:val="num" w:pos="317"/>
               </w:tabs>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Que presta su consentimiento </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Que presta su consentimiento a</w:t>
+            </w:r>
+            <w:r w:rsidR="008568EA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>a</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="008568EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t>l</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> de Urretxu</w:t>
+              <w:t>Ayuntamiento de Urretxu</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> para verificar directamente ante la administración pública correspondiente los siguientes datos: datos de empadronamiento, cumplimiento de los impuestos municipales, situación de cumplimiento de las obligaciones de la Seguridad Social, alta del Impuesto de Actividades Económicas y el cumplimiento de las obligaciones de la Hacienda Foral.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CBE8EC4" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6577D615" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
@@ -9499,287 +8522,267 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10173" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5029"/>
         <w:gridCol w:w="5144"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="39A1BBC4" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="415CDE96" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Izen-abizenak / </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Nombre y apellidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22D3FD1B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">NAN </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>/ DNI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="3B7B01BF" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="958"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CAD2892" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69FA1EC3" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="4057EFAF" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78FECD3B" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Fecha</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62145042" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Sinadura eta zigilua</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Firma y </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Firma y sello</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="72B02454" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="1526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0892E225" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5144" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05FA698E" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A6EB01C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F" w:rsidP="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
@@ -9810,51 +8813,50 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5066"/>
         <w:gridCol w:w="5107"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w14:paraId="46DC4484" w14:textId="77777777" w:rsidTr="00665D23">
         <w:trPr>
           <w:trHeight w:val="5631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5066" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111B49B0" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:right="172"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>DATUEN BABESA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EE699AF" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:right="172"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -10015,1042 +9017,191 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">bidera idatzia bidalita: </w:t>
             </w:r>
             <w:r w:rsidR="008568EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Urretxuko Udala Iparragirre Plaza 20, 20700, Urretxu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="619B588C" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="37"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>PROTECCIÓN DE DATOS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FA0CD3A" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="00665D23">
             <w:pPr>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76EDDFCA" w14:textId="259CF896" w:rsidR="008568EA" w:rsidRDefault="008A6F1F" w:rsidP="00FC50E0">
             <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="6" w:space="12" w:color="CCCCCC"/>
               </w:pBdr>
               <w:ind w:right="172"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">En </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">En cumplimiento de lo dispuesto en la Ley Orgánica </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC50E0" w:rsidRPr="00FC50E0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>cumplimiento</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008568EA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>el Ayuntamiento de Urretxu</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de lo </w:t>
-[...502 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> incorporará los datos personales obtenidos mediante la cumplimentación de las solicitudes de ayudas reguladas en la presente convocatoria, a los ficheros de su titularidad</w:t>
+            </w:r>
             <w:r w:rsidR="008568EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EAF51A7" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRPr="00BC36B7" w:rsidRDefault="008A6F1F" w:rsidP="008568EA">
             <w:pPr>
               <w:ind w:left="37"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Asimismo</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Asimismo, las personas interesadas podrán ejercitar los derechos de acceso, rectificación, cancelación y oposición previstos por la Ley, enviando un escrito en este sentido a</w:t>
+            </w:r>
+            <w:r w:rsidR="008568EA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC36B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...322 lines deleted...]
-            </w:r>
             <w:r w:rsidR="008568EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>l</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> de Urretxu (Iparragirre Plaza 20, 20700, Urretxu)</w:t>
+              <w:t>Ayuntamiento de Urretxu (Iparragirre Plaza 20, 20700, Urretxu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B3D556C" w14:textId="77777777" w:rsidR="007C5C14" w:rsidRPr="0072713E" w:rsidRDefault="007C5C14" w:rsidP="00636CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B02BF10" w14:textId="77777777" w:rsidR="008A6F1F" w:rsidRDefault="008A6F1F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
@@ -11144,113 +9295,71 @@
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Gizarte Segurantzako Diruzaintza Nagusiak egindako ziurtagiria, agertzen duena enpresaren langile kopurua eskabidea aurkezteko hilabetean.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C50BB2" w14:textId="77777777" w:rsidR="0072713E" w:rsidRPr="0072713E" w:rsidRDefault="0072713E" w:rsidP="0072713E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Eskatzaile(ar)</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> NANaren fotokopia konpultsatua.</w:t>
+        <w:t>Eskatzaile(ar)en edo ordezkari(ar)en NANaren fotokopia konpultsatua.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="735E5E17" w14:textId="77777777" w:rsidR="0072713E" w:rsidRPr="0072713E" w:rsidRDefault="0072713E" w:rsidP="0072713E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>IAE-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> alta-dokumentuaren kopia konpultsatua.</w:t>
+        <w:t>IAE-JEZren alta-dokumentuaren kopia konpultsatua.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064C7B90" w14:textId="77777777" w:rsidR="0072713E" w:rsidRPr="0072713E" w:rsidRDefault="0072713E" w:rsidP="0072713E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072713E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Eskatzaileak lehiaketan baloratzeko irizpideak betetzen dituela egiaztatzeko ziurtagiriak, hala nola: ziurtagiriak (ingurumena, kalitatea, prebentzioa) eta hainbat arlotako planak ezarrita daudela egiaztatzeko dokumentuak (berdintasuna, euskararen normalizazioa, partaidetza).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2D09AC" w14:textId="77777777" w:rsidR="007C5C14" w:rsidRPr="0072713E" w:rsidRDefault="007C5C14" w:rsidP="007C5C14">
       <w:pPr>
         <w:rPr>
@@ -11420,76 +9529,76 @@
         <w:t>Certificados acreditativos del cumplimiento por parte del solicitante de los criterios de valoración del concurso: certificados (calidad, medioambiente, prevención) e implantación de planes (igualdad, normalización del uso del euskera, participación).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06138DFA" w14:textId="77777777" w:rsidR="00D070B2" w:rsidRPr="0072713E" w:rsidRDefault="00D070B2" w:rsidP="0072713E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D070B2" w:rsidRPr="0072713E" w:rsidSect="008A6F1F">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1560" w:right="1134" w:bottom="1418" w:left="1134" w:header="426" w:footer="179" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="32CE9EFD" w14:textId="77777777" w:rsidR="00F21B42" w:rsidRDefault="00F21B42" w:rsidP="004D1BED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="549AD15F" w14:textId="77777777" w:rsidR="00F21B42" w:rsidRDefault="00F21B42" w:rsidP="004D1BED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11522,51 +9631,51 @@
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2017188998"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:tbl>
         <w:tblPr>
           <w:tblStyle w:val="Tablaconcuadrcula"/>
           <w:tblW w:w="9678" w:type="dxa"/>
           <w:jc w:val="center"/>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPr>
@@ -11617,69 +9726,69 @@
                     <w:pPr>
                       <w:pBdr>
                         <w:top w:val="single" w:sz="4" w:space="1" w:color="5982CB"/>
                       </w:pBdr>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="2820"/>
                         <w:tab w:val="center" w:pos="4252"/>
                         <w:tab w:val="center" w:pos="4731"/>
                         <w:tab w:val="right" w:pos="8504"/>
                       </w:tabs>
                       <w:ind w:left="720"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00F12CC4">
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>Urretxuko Udala. Iparragirre plaza, 20 (20.700) Urretxu [ 943038080] www.urretxu.eus</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="069626B5" w14:textId="77777777" w:rsidR="00F12CC4" w:rsidRPr="00F12CC4" w:rsidRDefault="00052927" w:rsidP="00F12CC4">
+                  <w:p w14:paraId="069626B5" w14:textId="77777777" w:rsidR="00F12CC4" w:rsidRPr="00F12CC4" w:rsidRDefault="00F12CC4" w:rsidP="00F12CC4">
                     <w:pPr>
                       <w:pBdr>
                         <w:top w:val="single" w:sz="4" w:space="1" w:color="5982CB"/>
                       </w:pBdr>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="2820"/>
                         <w:tab w:val="center" w:pos="4252"/>
                         <w:tab w:val="center" w:pos="4731"/>
                         <w:tab w:val="right" w:pos="8504"/>
                       </w:tabs>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId1" w:history="1">
-                      <w:r w:rsidR="00F12CC4" w:rsidRPr="00F12CC4">
+                      <w:r w:rsidRPr="00F12CC4">
                         <w:rPr>
                           <w:color w:val="0563C1"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>urretxu@urretxu.eus</w:t>
                       </w:r>
                     </w:hyperlink>
                   </w:p>
                   <w:p w14:paraId="4957A221" w14:textId="77777777" w:rsidR="00F12CC4" w:rsidRPr="00F12CC4" w:rsidRDefault="00F12CC4" w:rsidP="00F12CC4">
                     <w:pPr>
                       <w:pBdr>
                         <w:top w:val="single" w:sz="4" w:space="1" w:color="5982CB"/>
                       </w:pBdr>
                       <w:tabs>
                         <w:tab w:val="center" w:pos="4252"/>
                         <w:tab w:val="right" w:pos="8504"/>
                       </w:tabs>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                         <w:sz w:val="19"/>
                         <w:szCs w:val="19"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
@@ -11872,89 +9981,88 @@
                           <w:t>8</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                   <w10:wrap anchorx="margin" anchory="margin"/>
                 </v:shape>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="373A6E50" w14:textId="77777777" w:rsidR="00F21B42" w:rsidRDefault="00F21B42" w:rsidP="004D1BED">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="321E6D79" w14:textId="77777777" w:rsidR="00F21B42" w:rsidRDefault="00F21B42" w:rsidP="004D1BED">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10632" w:type="dxa"/>
       <w:tblInd w:w="-318" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5955"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr w:rsidR="00056FF6" w:rsidRPr="00B22638" w14:paraId="502782F9" w14:textId="77777777" w:rsidTr="008A6F1F">
       <w:trPr>
         <w:trHeight w:val="945"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5955" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="244F4B81" w14:textId="77777777" w:rsidR="00056FF6" w:rsidRPr="000A3D74" w:rsidRDefault="00056FF6" w:rsidP="00AE35BA">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">   </w:t>
           </w:r>
           <w:r w:rsidR="004842EC">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E1DB752" wp14:editId="550EB81A">
                 <wp:extent cx="800100" cy="665417"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Imagen 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -11979,128 +10087,127 @@
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="801811" cy="666840"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4677" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="11105AAC" w14:textId="1547AA84" w:rsidR="00056FF6" w:rsidRPr="00B22638" w:rsidRDefault="00056FF6" w:rsidP="004D1BED">
+        <w:p w14:paraId="11105AAC" w14:textId="2DD4881A" w:rsidR="00056FF6" w:rsidRPr="00B22638" w:rsidRDefault="00056FF6" w:rsidP="004D1BED">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:spacing w:after="60"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B22638">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>DIRU-LAGUNTZAK 20</w:t>
           </w:r>
           <w:r w:rsidR="00F41B2D">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="003512AE">
+          <w:r w:rsidR="008167B4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             </w:rPr>
-            <w:t>4</w:t>
+            <w:t>5</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3B7344E9" w14:textId="77777777" w:rsidR="00056FF6" w:rsidRPr="00B22638" w:rsidRDefault="00056FF6" w:rsidP="00DF35A9">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:spacing w:after="60"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B22638">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b/>
             </w:rPr>
             <w:t>ESKABIDEA</w:t>
           </w:r>
           <w:r w:rsidR="00DF35A9">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b/>
             </w:rPr>
             <w:t>-C</w:t>
           </w:r>
           <w:r w:rsidR="00F12CC4">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               <w:b/>
             </w:rPr>
             <w:t>/ SOLICITUD C</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="16D86C9E" w14:textId="77777777" w:rsidR="00056FF6" w:rsidRPr="004D1BED" w:rsidRDefault="00056FF6" w:rsidP="004D1BED">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000004"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AD9A8A66"/>
     <w:name w:val="WW8Num8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="2136" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Book Antiqua" w:hint="default"/>
         <w:sz w:val="22"/>
         <w:lang w:val="eu-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -12968,64 +11075,63 @@
   <w:num w:numId="2" w16cid:durableId="1769504300">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1084837491">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="380522394">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="349380695">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="560136819">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="192152696">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1454668487">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A77B3E"/>
     <w:rsid w:val="00010D9A"/>
     <w:rsid w:val="00014220"/>
     <w:rsid w:val="000219A3"/>
     <w:rsid w:val="00030E22"/>
     <w:rsid w:val="000332A0"/>
     <w:rsid w:val="00051815"/>
@@ -13097,65 +11203,67 @@
     <w:rsid w:val="004F6EF5"/>
     <w:rsid w:val="00501D7E"/>
     <w:rsid w:val="00503615"/>
     <w:rsid w:val="00511961"/>
     <w:rsid w:val="00535E55"/>
     <w:rsid w:val="00540F4E"/>
     <w:rsid w:val="00557ACF"/>
     <w:rsid w:val="0059667B"/>
     <w:rsid w:val="00597099"/>
     <w:rsid w:val="005A7B81"/>
     <w:rsid w:val="005C3041"/>
     <w:rsid w:val="0060467B"/>
     <w:rsid w:val="00610385"/>
     <w:rsid w:val="00610D87"/>
     <w:rsid w:val="00612456"/>
     <w:rsid w:val="00623020"/>
     <w:rsid w:val="0062417D"/>
     <w:rsid w:val="00636CB9"/>
     <w:rsid w:val="006778F4"/>
     <w:rsid w:val="00680D41"/>
     <w:rsid w:val="006A5F8A"/>
     <w:rsid w:val="006B3D01"/>
     <w:rsid w:val="006D7DBC"/>
     <w:rsid w:val="006F306E"/>
     <w:rsid w:val="006F40B9"/>
+    <w:rsid w:val="00711CF1"/>
     <w:rsid w:val="007138E7"/>
     <w:rsid w:val="0072713E"/>
     <w:rsid w:val="00735D99"/>
     <w:rsid w:val="0074001F"/>
     <w:rsid w:val="0076163A"/>
     <w:rsid w:val="00765AFB"/>
     <w:rsid w:val="0078537F"/>
     <w:rsid w:val="007B1566"/>
     <w:rsid w:val="007B3023"/>
     <w:rsid w:val="007C5C14"/>
     <w:rsid w:val="007C77BC"/>
     <w:rsid w:val="007D6C78"/>
     <w:rsid w:val="007D7CC3"/>
     <w:rsid w:val="007F105E"/>
     <w:rsid w:val="00800C61"/>
+    <w:rsid w:val="008167B4"/>
     <w:rsid w:val="008568EA"/>
     <w:rsid w:val="008604E8"/>
     <w:rsid w:val="0089501B"/>
     <w:rsid w:val="008A602D"/>
     <w:rsid w:val="008A6F1F"/>
     <w:rsid w:val="008B2803"/>
     <w:rsid w:val="00902565"/>
     <w:rsid w:val="009100DE"/>
     <w:rsid w:val="0095532E"/>
     <w:rsid w:val="00965183"/>
     <w:rsid w:val="009724C7"/>
     <w:rsid w:val="009833DF"/>
     <w:rsid w:val="009A1B84"/>
     <w:rsid w:val="009A2629"/>
     <w:rsid w:val="009A5000"/>
     <w:rsid w:val="009B5FB5"/>
     <w:rsid w:val="009E10E1"/>
     <w:rsid w:val="009E2201"/>
     <w:rsid w:val="00A25A4F"/>
     <w:rsid w:val="00A3766D"/>
     <w:rsid w:val="00A439C1"/>
     <w:rsid w:val="00A53047"/>
     <w:rsid w:val="00A75CE9"/>
     <w:rsid w:val="00A77B3E"/>
     <w:rsid w:val="00A80874"/>
@@ -13239,64 +11347,64 @@
     <w:rsid w:val="00FC50E0"/>
     <w:rsid w:val="00FF2201"/>
     <w:rsid w:val="00FF31DA"/>
     <w:rsid w:val="00FF4DC2"/>
     <w:rsid w:val="00FF5E1E"/>
     <w:rsid w:val="00FF6002"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1C7D5517"/>
   <w15:docId w15:val="{26716D42-8EC9-4249-974C-9EE3C571BFDC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13849,51 +11957,51 @@
     <w:name w:val="Hyperlink"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11B8"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FC50E0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="859318522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1921869592">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -14239,88 +12347,88 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2348414-F19B-4896-9E21-B67EED7A2DAF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1628</Words>
-  <Characters>10594</Characters>
+  <Characters>10596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titulua</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12198</CharactersWithSpaces>
+  <CharactersWithSpaces>12200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Xabier</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="cgsAutor">
     <vt:lpwstr>sa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="cgsCodigoCatalogo">
     <vt:lpwstr> </vt:lpwstr>
   </property>